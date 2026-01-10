--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -1,80 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="24931"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27928"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{68791554-9F80-4B89-8B21-25B4F75D5E9D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{269168A8-6337-41F7-9598-DF8C3F48D9FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-25260" yWindow="0" windowWidth="23550" windowHeight="19950" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="51840" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Kontaktdaten Netzbetreiber" sheetId="1" r:id="rId1"/>
-    <sheet name="Kontaktdaten TK" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="203" uniqueCount="107">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="92">
   <si>
     <t>Kontaktdatenblatt Transportkunden/Netzbetreiber</t>
   </si>
   <si>
     <t>Kontaktdatenblatt Netzbetreiber (Marktrolle Verteilnetzbetreiber)</t>
   </si>
   <si>
     <t>Anschrift</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>SWM Infrastruktur GmbH &amp; Co. KG</t>
   </si>
   <si>
     <t>Straße Hausnr.</t>
   </si>
   <si>
     <t>Emmy-Noether-Straße 2</t>
   </si>
   <si>
     <t>PLZ Ort</t>
   </si>
   <si>
@@ -302,126 +298,73 @@
   <si>
     <t>IBAN</t>
   </si>
   <si>
     <t xml:space="preserve">DE78 7001 0080 0888 0008 08 </t>
   </si>
   <si>
     <t>BIC</t>
   </si>
   <si>
     <t>PBNKDEFF700</t>
   </si>
   <si>
     <t>Gläubiger-ID</t>
   </si>
   <si>
     <t>DE5313000000030249</t>
   </si>
   <si>
     <t>Weitere Informationen</t>
   </si>
   <si>
     <t xml:space="preserve">                                 </t>
   </si>
   <si>
-    <t>Kontaktdatenblatt Transportkunden</t>
-[...57 lines deleted...]
-  <si>
     <t>+49 89 2361-4727</t>
   </si>
   <si>
     <t>+49 89 2361-704727</t>
   </si>
   <si>
-    <t>Stand: 01.08.2023</t>
-[...1 lines deleted...]
-  <si>
     <t>+49 89 2361-3399</t>
+  </si>
+  <si>
+    <t>Stand: 01.10.2025</t>
+  </si>
+  <si>
+    <t>bilanzierung.gas@swm-infrastruktur.de</t>
+  </si>
+  <si>
+    <t>Anlage 2 zum Lieferantenrahmen-/Netznutzungsvertrag Gas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF000000"/>
@@ -454,69 +397,50 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...17 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="9">
@@ -596,216 +520,169 @@
       <right style="medium">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="125">
+  <cellXfs count="90">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-[...45 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
@@ -840,252 +717,192 @@
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" indent="1"/>
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Link" xfId="1" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1214,1889 +1031,1053 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netzabrechnung@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lrv-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forderungsmanagement_netz@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:messstellenzugang@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:memi_netz@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netzabrechnung@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edifact-netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netzabrechnung@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.swm-infrastruktur.de/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sperrbeauftragung@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forderungsmanagement_netz@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lrv-gas@swm-infrastruktur.de" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bilanzierung.gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lrv-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bilanzierung.gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:messstellenzugang@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netzabrechnung@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lrv-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forderungsmanagement_netz@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:edifact-netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netzabrechnung@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.swm-infrastruktur.de/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:memi_netz@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netzabrechnung@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sperrbeauftragung@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:netznutzung-gas@swm-infrastruktur.de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:forderungsmanagement_netz@swm-infrastruktur.de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D105"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageLayout" zoomScale="145" zoomScaleNormal="160" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="145" workbookViewId="0">
-      <selection activeCell="B64" sqref="B64:D64"/>
+      <selection activeCell="A9" sqref="A9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="14.6640625" customWidth="1"/>
+    <col min="1" max="1" width="23.140625" customWidth="1"/>
+    <col min="2" max="2" width="35.42578125" customWidth="1"/>
+    <col min="3" max="3" width="12.85546875" customWidth="1"/>
+    <col min="4" max="4" width="14.7109375" customWidth="1"/>
     <col min="5" max="5" width="1" customWidth="1"/>
-    <col min="6" max="6" width="16.33203125" customWidth="1"/>
+    <col min="6" max="6" width="16.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="19.2" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" ht="19.5" x14ac:dyDescent="0.3">
       <c r="A1" s="6" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="19.5" x14ac:dyDescent="0.3">
+      <c r="A2" s="6" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="19.2" x14ac:dyDescent="0.35">
-      <c r="A2" s="6" t="s">
+    <row r="3" spans="1:4" ht="5.85" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="36" t="s">
         <v>1</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="A4" s="37" t="s">
+      <c r="D4" s="58" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="63" t="s">
         <v>2</v>
       </c>
-      <c r="D4" s="19" t="s">
-[...4 lines deleted...]
-      <c r="A5" s="88" t="s">
+      <c r="B5" s="64"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="20"/>
+    </row>
+    <row r="6" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="30" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="89"/>
-[...4 lines deleted...]
-      <c r="A6" s="31" t="s">
+      <c r="B6" s="76" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="101" t="s">
+      <c r="C6" s="76"/>
+      <c r="D6" s="77"/>
+    </row>
+    <row r="7" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="30" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="101"/>
-[...3 lines deleted...]
-      <c r="A7" s="31" t="s">
+      <c r="B7" s="76" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="101" t="s">
+      <c r="C7" s="76"/>
+      <c r="D7" s="77"/>
+    </row>
+    <row r="8" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="30" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="101"/>
-[...3 lines deleted...]
-      <c r="A8" s="31" t="s">
+      <c r="B8" s="76" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="101" t="s">
+      <c r="C8" s="76"/>
+      <c r="D8" s="77"/>
+    </row>
+    <row r="9" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="30" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="101"/>
-[...3 lines deleted...]
-      <c r="A9" s="31" t="s">
+      <c r="B9" s="82" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="107" t="s">
+      <c r="C9" s="82"/>
+      <c r="D9" s="83"/>
+    </row>
+    <row r="10" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="107"/>
-[...3 lines deleted...]
-      <c r="A10" s="31" t="s">
+      <c r="B10" s="82" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="107" t="s">
+      <c r="C10" s="82"/>
+      <c r="D10" s="83"/>
+    </row>
+    <row r="11" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="30" t="s">
         <v>13</v>
       </c>
-      <c r="C10" s="107"/>
-[...3 lines deleted...]
-      <c r="A11" s="31" t="s">
+      <c r="B11" s="80" t="s">
         <v>14</v>
       </c>
-      <c r="B11" s="105" t="s">
+      <c r="C11" s="80"/>
+      <c r="D11" s="81"/>
+    </row>
+    <row r="12" spans="1:4" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="C11" s="105"/>
-[...3 lines deleted...]
-      <c r="A12" s="32" t="s">
+      <c r="B12" s="84" t="s">
         <v>16</v>
       </c>
-      <c r="B12" s="109" t="s">
-[...5 lines deleted...]
-    <row r="13" spans="1:4" ht="5.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C12" s="84"/>
+      <c r="D12" s="85"/>
+    </row>
+    <row r="13" spans="1:4" ht="5.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="9"/>
       <c r="B13" s="9"/>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
     </row>
-    <row r="14" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A14" s="22" t="s">
+    <row r="14" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" s="86" t="s">
         <v>18</v>
       </c>
-      <c r="B14" s="111" t="s">
+      <c r="C14" s="86"/>
+      <c r="D14" s="87"/>
+    </row>
+    <row r="15" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="30" t="s">
         <v>19</v>
       </c>
-      <c r="C14" s="111"/>
-[...3 lines deleted...]
-      <c r="A15" s="31" t="s">
+      <c r="B15" s="88">
+        <v>9870033100007</v>
+      </c>
+      <c r="C15" s="88"/>
+      <c r="D15" s="89"/>
+    </row>
+    <row r="16" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="B15" s="113">
-[...9 lines deleted...]
-      <c r="B16" s="103">
+      <c r="B16" s="78">
         <v>9800116500006</v>
       </c>
-      <c r="C16" s="103"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:4" ht="2.85" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C16" s="78"/>
+      <c r="D16" s="79"/>
+    </row>
+    <row r="17" spans="1:4" ht="2.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="9"/>
       <c r="B17" s="9"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
     </row>
-    <row r="18" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="93" t="s">
+    <row r="18" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="68" t="s">
+        <v>21</v>
+      </c>
+      <c r="B18" s="68"/>
+      <c r="C18" s="68"/>
+      <c r="D18" s="68"/>
+    </row>
+    <row r="19" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="69" t="s">
         <v>22</v>
       </c>
-      <c r="B18" s="93"/>
-[...11 lines deleted...]
-    <row r="20" spans="1:4" ht="2.85" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="68"/>
+      <c r="C19" s="68"/>
+      <c r="D19" s="68"/>
+    </row>
+    <row r="20" spans="1:4" ht="2.85" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="9"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
     </row>
-    <row r="21" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="95" t="s">
+    <row r="21" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="70" t="s">
+        <v>23</v>
+      </c>
+      <c r="B21" s="70"/>
+      <c r="C21" s="70"/>
+      <c r="D21" s="70"/>
+    </row>
+    <row r="22" spans="1:4" ht="2.85" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="29"/>
+      <c r="B22" s="29"/>
+      <c r="C22" s="29"/>
+      <c r="D22" s="29"/>
+    </row>
+    <row r="23" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="75" t="s">
         <v>24</v>
       </c>
-      <c r="B21" s="95"/>
-[...10 lines deleted...]
-      <c r="A23" s="100" t="s">
+      <c r="B23" s="75"/>
+      <c r="C23" s="75"/>
+      <c r="D23" s="75"/>
+    </row>
+    <row r="24" spans="1:4" ht="3.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="71"/>
+      <c r="B24" s="71"/>
+      <c r="C24" s="71"/>
+      <c r="D24" s="71"/>
+    </row>
+    <row r="25" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="63" t="s">
         <v>25</v>
       </c>
-      <c r="B23" s="100"/>
-[...10 lines deleted...]
-      <c r="A25" s="88" t="s">
+      <c r="B25" s="64"/>
+      <c r="C25" s="64"/>
+      <c r="D25" s="65"/>
+    </row>
+    <row r="26" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="32" t="s">
         <v>26</v>
       </c>
-      <c r="B25" s="89"/>
-[...4 lines deleted...]
-      <c r="A26" s="33" t="s">
+      <c r="B26" s="10" t="s">
         <v>27</v>
       </c>
-      <c r="B26" s="10" t="s">
+      <c r="C26" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="32" t="s">
         <v>28</v>
-      </c>
-[...9 lines deleted...]
-        <v>29</v>
       </c>
       <c r="B27" s="10"/>
       <c r="C27" s="8"/>
       <c r="D27" s="1"/>
     </row>
-    <row r="28" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="31" t="s">
+    <row r="28" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="B28" s="11" t="s">
         <v>30</v>
       </c>
-      <c r="B28" s="11" t="s">
+      <c r="C28" s="39" t="s">
         <v>31</v>
       </c>
-      <c r="C28" s="65" t="s">
+      <c r="D28" s="37" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="30" t="s">
         <v>32</v>
       </c>
-      <c r="D28" s="63" t="s">
-[...4 lines deleted...]
-      <c r="A29" s="31" t="s">
+      <c r="B29" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C29" s="39" t="s">
+        <v>31</v>
+      </c>
+      <c r="D29" s="37" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="B29" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A30" s="31" t="s">
+      <c r="B30" s="11" t="s">
         <v>34</v>
       </c>
-      <c r="B30" s="11" t="s">
+      <c r="C30" s="39" t="s">
         <v>35</v>
       </c>
-      <c r="C30" s="65" t="s">
+      <c r="D30" s="37" t="s">
         <v>36</v>
       </c>
-      <c r="D30" s="63" t="s">
+    </row>
+    <row r="31" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="33" t="s">
         <v>37</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A31" s="34" t="s">
+      <c r="B31" s="13"/>
+      <c r="C31" s="40"/>
+      <c r="D31" s="38"/>
+    </row>
+    <row r="32" spans="1:4" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="48" t="s">
         <v>38</v>
       </c>
-      <c r="B31" s="13"/>
-[...4 lines deleted...]
-      <c r="A32" s="75" t="s">
+      <c r="B32" s="49" t="s">
         <v>39</v>
       </c>
-      <c r="B32" s="76" t="s">
+      <c r="C32" s="47" t="s">
+        <v>86</v>
+      </c>
+      <c r="D32" s="50" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="48" t="s">
         <v>40</v>
       </c>
-      <c r="C32" s="74" t="s">
-[...7 lines deleted...]
-      <c r="A33" s="75" t="s">
+      <c r="B33" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C33" s="40" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" s="38" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="53" t="s">
         <v>41</v>
       </c>
-      <c r="B33" s="15" t="s">
-[...23 lines deleted...]
-    <row r="35" spans="1:4" ht="5.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="54" t="s">
+        <v>39</v>
+      </c>
+      <c r="C34" s="51" t="s">
+        <v>86</v>
+      </c>
+      <c r="D34" s="52" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="5.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="16"/>
       <c r="B35" s="16"/>
       <c r="C35" s="16"/>
       <c r="D35" s="16"/>
     </row>
-    <row r="36" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A36" s="88" t="s">
+    <row r="36" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="63" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" s="64"/>
+      <c r="C36" s="64"/>
+      <c r="D36" s="65"/>
+    </row>
+    <row r="37" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="B37" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="C37" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="D37" s="22" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="33" t="s">
         <v>43</v>
-      </c>
-[...20 lines deleted...]
-        <v>44</v>
       </c>
       <c r="B38" s="13"/>
       <c r="C38" s="14"/>
       <c r="D38" s="3"/>
     </row>
-    <row r="39" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="75" t="s">
+    <row r="39" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="48" t="s">
+        <v>44</v>
+      </c>
+      <c r="B39" s="49" t="s">
+        <v>39</v>
+      </c>
+      <c r="C39" s="47" t="s">
+        <v>86</v>
+      </c>
+      <c r="D39" s="56" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="B39" s="76" t="s">
-[...10 lines deleted...]
-      <c r="A40" s="34" t="s">
+      <c r="B40" s="13"/>
+      <c r="C40" s="40"/>
+      <c r="D40" s="38"/>
+    </row>
+    <row r="41" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="34" t="s">
         <v>46</v>
       </c>
-      <c r="B40" s="13"/>
-[...4 lines deleted...]
-      <c r="A41" s="35" t="s">
+      <c r="B41" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="B41" s="15" t="s">
+      <c r="C41" s="40" t="s">
         <v>48</v>
       </c>
-      <c r="C41" s="66" t="s">
+      <c r="D41" s="38" t="s">
         <v>49</v>
       </c>
-      <c r="D41" s="64" t="s">
+    </row>
+    <row r="42" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="34" t="s">
         <v>50</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A42" s="35" t="s">
+      <c r="B42" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C42" s="40" t="s">
+        <v>48</v>
+      </c>
+      <c r="D42" s="38" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="34" t="s">
         <v>51</v>
       </c>
-      <c r="B42" s="15" t="s">
-[...10 lines deleted...]
-      <c r="A43" s="35" t="s">
+      <c r="B43" s="13"/>
+      <c r="C43" s="40"/>
+      <c r="D43" s="38"/>
+    </row>
+    <row r="44" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="34" t="s">
         <v>52</v>
       </c>
-      <c r="B43" s="13"/>
-[...4 lines deleted...]
-      <c r="A44" s="35" t="s">
+      <c r="B44" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="B44" s="15" t="s">
+      <c r="C44" s="40" t="s">
         <v>54</v>
       </c>
-      <c r="C44" s="66" t="s">
+      <c r="D44" s="38" t="s">
         <v>55</v>
       </c>
-      <c r="D44" s="64" t="s">
+    </row>
+    <row r="45" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="30" t="s">
         <v>56</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A45" s="31" t="s">
+      <c r="B45" s="57" t="s">
+        <v>53</v>
+      </c>
+      <c r="C45" s="39" t="s">
+        <v>54</v>
+      </c>
+      <c r="D45" s="37" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="B45" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A46" s="33" t="s">
+      <c r="B46" s="18"/>
+      <c r="C46" s="39"/>
+      <c r="D46" s="37"/>
+    </row>
+    <row r="47" spans="1:4" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="45" t="s">
         <v>58</v>
       </c>
-      <c r="B46" s="18"/>
-[...4 lines deleted...]
-      <c r="A47" s="71" t="s">
+      <c r="B47" s="49" t="s">
+        <v>90</v>
+      </c>
+      <c r="C47" s="46" t="s">
         <v>59</v>
       </c>
-      <c r="B47" s="72" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="73" t="s">
+      <c r="D47" s="44"/>
+    </row>
+    <row r="48" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="30" t="s">
         <v>60</v>
       </c>
-      <c r="D47" s="70"/>
-[...2 lines deleted...]
-      <c r="A48" s="31" t="s">
+      <c r="B48" s="11" t="s">
+        <v>39</v>
+      </c>
+      <c r="C48" s="39" t="s">
         <v>61</v>
       </c>
-      <c r="B48" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="65" t="s">
+      <c r="D48" s="37"/>
+    </row>
+    <row r="49" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="32" t="s">
         <v>62</v>
       </c>
-      <c r="D48" s="63"/>
-[...2 lines deleted...]
-      <c r="A49" s="33" t="s">
+      <c r="B49" s="18"/>
+      <c r="C49" s="39"/>
+      <c r="D49" s="37"/>
+    </row>
+    <row r="50" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="31" t="s">
         <v>63</v>
       </c>
-      <c r="B49" s="18"/>
-[...4 lines deleted...]
-      <c r="A50" s="32" t="s">
+      <c r="B50" s="23" t="s">
         <v>64</v>
       </c>
-      <c r="B50" s="24" t="s">
+      <c r="C50" s="41" t="s">
         <v>65</v>
       </c>
-      <c r="C50" s="67" t="s">
-[...4 lines deleted...]
-    <row r="51" spans="1:4" ht="55.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="D50" s="42"/>
+    </row>
+    <row r="51" spans="1:4" ht="58.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="9"/>
       <c r="B51" s="9"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
     </row>
-    <row r="52" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A52" s="88" t="s">
+    <row r="52" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="63" t="s">
+        <v>66</v>
+      </c>
+      <c r="B52" s="64"/>
+      <c r="C52" s="64"/>
+      <c r="D52" s="65"/>
+    </row>
+    <row r="53" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="32" t="s">
         <v>67</v>
       </c>
-      <c r="B52" s="89"/>
-[...18 lines deleted...]
-      <c r="A54" s="33" t="s">
+      <c r="B54" s="18"/>
+      <c r="C54" s="39"/>
+      <c r="D54" s="37"/>
+    </row>
+    <row r="55" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="B54" s="18"/>
-[...4 lines deleted...]
-      <c r="A55" s="31" t="s">
+      <c r="B55" s="11" t="s">
+        <v>47</v>
+      </c>
+      <c r="C55" s="39" t="s">
+        <v>48</v>
+      </c>
+      <c r="D55" s="37" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="B56" s="18"/>
+      <c r="C56" s="39"/>
+      <c r="D56" s="37"/>
+    </row>
+    <row r="57" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="45" t="s">
         <v>69</v>
       </c>
-      <c r="B55" s="11" t="s">
-[...30 lines deleted...]
-      <c r="A58" s="25"/>
+      <c r="B57" s="49" t="s">
+        <v>90</v>
+      </c>
+      <c r="C57" s="43" t="s">
+        <v>59</v>
+      </c>
+      <c r="D57" s="44"/>
+    </row>
+    <row r="58" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="24"/>
       <c r="B58" s="9"/>
       <c r="C58" s="9"/>
-      <c r="D58" s="26"/>
-[...2 lines deleted...]
-      <c r="A59" s="97" t="s">
+      <c r="D58" s="25"/>
+    </row>
+    <row r="59" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="72" t="s">
+        <v>70</v>
+      </c>
+      <c r="B59" s="73"/>
+      <c r="C59" s="73"/>
+      <c r="D59" s="74"/>
+    </row>
+    <row r="60" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="31" t="s">
         <v>71</v>
       </c>
-      <c r="B59" s="98"/>
-[...18 lines deleted...]
-      <c r="A61" s="32" t="s">
+      <c r="B61" s="23" t="s">
         <v>72</v>
       </c>
-      <c r="B61" s="24" t="s">
+      <c r="C61" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="D61" s="42" t="s">
         <v>73</v>
       </c>
-      <c r="C61" s="67" t="s">
-[...6 lines deleted...]
-    <row r="62" spans="1:4" ht="5.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="62" spans="1:4" ht="5.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="9"/>
       <c r="B62" s="9"/>
       <c r="C62" s="9"/>
       <c r="D62" s="9"/>
     </row>
-    <row r="63" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A63" s="88" t="s">
+    <row r="63" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="63" t="s">
+        <v>74</v>
+      </c>
+      <c r="B63" s="64"/>
+      <c r="C63" s="64"/>
+      <c r="D63" s="65"/>
+    </row>
+    <row r="64" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="34" t="s">
         <v>75</v>
       </c>
-      <c r="B63" s="89"/>
-[...4 lines deleted...]
-      <c r="A64" s="35" t="s">
+      <c r="B64" s="59" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" s="59"/>
+      <c r="D64" s="60"/>
+    </row>
+    <row r="65" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="34" t="s">
         <v>76</v>
       </c>
-      <c r="B64" s="84" t="s">
-[...6 lines deleted...]
-      <c r="A65" s="35" t="s">
+      <c r="B65" s="59" t="s">
         <v>77</v>
       </c>
-      <c r="B65" s="84" t="s">
+      <c r="C65" s="59"/>
+      <c r="D65" s="60"/>
+    </row>
+    <row r="66" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="34" t="s">
         <v>78</v>
       </c>
-      <c r="C65" s="84"/>
-[...3 lines deleted...]
-      <c r="A66" s="35" t="s">
+      <c r="B66" s="59" t="s">
         <v>79</v>
       </c>
-      <c r="B66" s="84" t="s">
+      <c r="C66" s="59"/>
+      <c r="D66" s="60"/>
+    </row>
+    <row r="67" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="34" t="s">
         <v>80</v>
       </c>
-      <c r="C66" s="84"/>
-[...3 lines deleted...]
-      <c r="A67" s="35" t="s">
+      <c r="B67" s="59" t="s">
         <v>81</v>
       </c>
-      <c r="B67" s="84" t="s">
+      <c r="C67" s="59"/>
+      <c r="D67" s="60"/>
+    </row>
+    <row r="68" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="35" t="s">
         <v>82</v>
       </c>
-      <c r="C67" s="84"/>
-[...3 lines deleted...]
-      <c r="A68" s="36" t="s">
+      <c r="B68" s="61" t="s">
         <v>83</v>
       </c>
-      <c r="B68" s="86" t="s">
-[...5 lines deleted...]
-    <row r="69" spans="1:4" ht="5.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C68" s="61"/>
+      <c r="D68" s="62"/>
+    </row>
+    <row r="69" spans="1:4" ht="5.85" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="16"/>
       <c r="B69" s="16"/>
       <c r="C69" s="16"/>
       <c r="D69" s="16"/>
     </row>
-    <row r="70" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-    <row r="71" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="63" t="s">
+        <v>84</v>
+      </c>
+      <c r="B70" s="64"/>
+      <c r="C70" s="64"/>
+      <c r="D70" s="65"/>
+    </row>
+    <row r="71" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="4"/>
       <c r="B71" s="16"/>
-      <c r="C71" s="91"/>
-[...2 lines deleted...]
-    <row r="72" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C71" s="66"/>
+      <c r="D71" s="67"/>
+    </row>
+    <row r="72" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B72" s="16"/>
-      <c r="C72" s="91"/>
-[...8 lines deleted...]
-    <row r="74" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C72" s="66"/>
+      <c r="D72" s="67"/>
+    </row>
+    <row r="73" spans="1:4" ht="14.1" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="26"/>
+      <c r="B73" s="27"/>
+      <c r="C73" s="27"/>
+      <c r="D73" s="28"/>
+    </row>
+    <row r="74" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="7"/>
       <c r="B74" s="7"/>
       <c r="C74" s="7"/>
       <c r="D74" s="7"/>
     </row>
-    <row r="75" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="7"/>
       <c r="B75" s="7"/>
       <c r="C75" s="7"/>
       <c r="D75" s="7"/>
     </row>
-    <row r="76" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="7"/>
       <c r="B76" s="7"/>
       <c r="C76" s="7"/>
       <c r="D76" s="7"/>
     </row>
-    <row r="77" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="7"/>
-      <c r="B77" s="82"/>
+      <c r="B77" s="55"/>
       <c r="C77" s="7"/>
       <c r="D77" s="7"/>
     </row>
-    <row r="78" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="7"/>
       <c r="B78" s="7"/>
       <c r="C78" s="7"/>
       <c r="D78" s="7"/>
     </row>
-    <row r="79" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="7"/>
       <c r="B79" s="7"/>
       <c r="C79" s="7"/>
       <c r="D79" s="7"/>
     </row>
-    <row r="80" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="7"/>
       <c r="B80" s="7"/>
       <c r="C80" s="7"/>
       <c r="D80" s="7"/>
     </row>
-    <row r="81" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="7"/>
       <c r="B81" s="7"/>
       <c r="C81" s="7"/>
       <c r="D81" s="7"/>
     </row>
-    <row r="82" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="7"/>
       <c r="B82" s="7"/>
       <c r="C82" s="7"/>
       <c r="D82" s="7"/>
     </row>
-    <row r="83" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="7"/>
       <c r="B83" s="7"/>
       <c r="C83" s="7"/>
       <c r="D83" s="7"/>
     </row>
-    <row r="84" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="7"/>
       <c r="B84" s="7"/>
       <c r="C84" s="7"/>
       <c r="D84" s="7"/>
     </row>
-    <row r="85" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="7"/>
       <c r="B85" s="7"/>
       <c r="C85" s="7"/>
       <c r="D85" s="7"/>
     </row>
-    <row r="86" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="7"/>
       <c r="B86" s="7"/>
       <c r="C86" s="7"/>
       <c r="D86" s="7"/>
     </row>
-    <row r="87" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="7"/>
       <c r="B87" s="7"/>
       <c r="C87" s="7"/>
       <c r="D87" s="7"/>
     </row>
-    <row r="88" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="7"/>
       <c r="B88" s="7"/>
       <c r="C88" s="7"/>
       <c r="D88" s="7"/>
     </row>
-    <row r="89" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="7"/>
       <c r="B89" s="7"/>
       <c r="C89" s="7"/>
       <c r="D89" s="7"/>
     </row>
-    <row r="90" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="7"/>
       <c r="B90" s="7"/>
       <c r="C90" s="7"/>
       <c r="D90" s="7"/>
     </row>
-    <row r="91" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="7"/>
       <c r="B91" s="7"/>
       <c r="C91" s="7"/>
       <c r="D91" s="7"/>
     </row>
-    <row r="92" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="7"/>
       <c r="B92" s="7"/>
       <c r="C92" s="7"/>
       <c r="D92" s="7"/>
     </row>
-    <row r="93" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="7"/>
       <c r="B93" s="7"/>
       <c r="C93" s="7"/>
       <c r="D93" s="7"/>
     </row>
-    <row r="94" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="7"/>
       <c r="B94" s="7"/>
       <c r="C94" s="7"/>
       <c r="D94" s="7"/>
     </row>
-    <row r="95" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="7"/>
       <c r="B95" s="7"/>
       <c r="C95" s="7"/>
       <c r="D95" s="7"/>
     </row>
-    <row r="96" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="7"/>
       <c r="B96" s="7"/>
       <c r="C96" s="7"/>
       <c r="D96" s="7"/>
     </row>
-    <row r="97" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:4" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="7"/>
       <c r="B97" s="7"/>
       <c r="C97" s="7"/>
       <c r="D97" s="7"/>
     </row>
-    <row r="98" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" s="7"/>
       <c r="B98" s="7"/>
       <c r="C98" s="7"/>
       <c r="D98" s="7"/>
     </row>
-    <row r="99" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" s="7"/>
       <c r="B99" s="7"/>
       <c r="C99" s="7"/>
       <c r="D99" s="7"/>
     </row>
-    <row r="100" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" s="7"/>
       <c r="B100" s="7"/>
       <c r="C100" s="7"/>
       <c r="D100" s="7"/>
     </row>
-    <row r="101" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" s="7"/>
       <c r="B101" s="7"/>
       <c r="C101" s="7"/>
       <c r="D101" s="7"/>
     </row>
-    <row r="102" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" s="7"/>
       <c r="B102" s="7"/>
       <c r="C102" s="7"/>
       <c r="D102" s="7"/>
     </row>
-    <row r="105" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="29">
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B66:D66"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="A19:D19"/>
     <mergeCell ref="A21:D21"/>
     <mergeCell ref="A24:D24"/>
     <mergeCell ref="A25:D25"/>
     <mergeCell ref="A36:D36"/>
     <mergeCell ref="A52:D52"/>
     <mergeCell ref="A59:D59"/>
     <mergeCell ref="A63:D63"/>
     <mergeCell ref="B65:D65"/>
     <mergeCell ref="B64:D64"/>
     <mergeCell ref="A23:D23"/>
     <mergeCell ref="B67:D67"/>
     <mergeCell ref="B68:D68"/>
     <mergeCell ref="A70:D70"/>
     <mergeCell ref="C71:D71"/>
     <mergeCell ref="C72:D72"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B11" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="A19" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="B30" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="B32" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="B39" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
-    <hyperlink ref="B47" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
-[...11 lines deleted...]
-    <hyperlink ref="B45" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="B50" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
+    <hyperlink ref="B55" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
+    <hyperlink ref="B57" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
+    <hyperlink ref="B33" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="B61" r:id="rId10" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
+    <hyperlink ref="B48" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
+    <hyperlink ref="B28" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
+    <hyperlink ref="B29" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
+    <hyperlink ref="B44" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
+    <hyperlink ref="B41" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
+    <hyperlink ref="B42" r:id="rId16" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
+    <hyperlink ref="B45" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
+    <hyperlink ref="B47" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
   </hyperlinks>
   <pageMargins left="0.78740157480314965" right="0.47244094488188981" top="1.5748031496062993" bottom="0.59055118110236227" header="0.47244094488188981" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId19"/>
   <headerFooter>
     <oddHeader>&amp;R&amp;G</oddHeader>
     <oddFooter>&amp;L&amp;"Arial,Standard"&amp;7Seite &amp;P von &amp;N
-&amp;1#&amp;R&amp;"Arial,Standard"&amp;7Stand: 01.08.2023</oddFooter>
+&amp;1#&amp;R&amp;"Arial,Standard"&amp;7Stand: 01.10.2025</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId20"/>
-</worksheet>
-[...855 lines deleted...]
-  <legacyDrawingHF r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Kontaktdaten Netzbetreiber</vt:lpstr>
-      <vt:lpstr>Kontaktdaten TK</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_fac470c7-3dc4-452a-a2d2-43f3856c8869_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fac470c7-3dc4-452a-a2d2-43f3856c8869_SetDate">
+    <vt:lpwstr>2025-11-26T07:39:50Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fac470c7-3dc4-452a-a2d2-43f3856c8869_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fac470c7-3dc4-452a-a2d2-43f3856c8869_Name">
+    <vt:lpwstr>SWM INTERN</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fac470c7-3dc4-452a-a2d2-43f3856c8869_SiteId">
+    <vt:lpwstr>a4f89343-eb5e-47ab-8838-f98d0a9c1314</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fac470c7-3dc4-452a-a2d2-43f3856c8869_ActionId">
+    <vt:lpwstr>d91411db-833e-40da-b922-baf098ba3034</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fac470c7-3dc4-452a-a2d2-43f3856c8869_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>